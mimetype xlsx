--- v0 (2025-10-18)
+++ v1 (2025-12-05)
@@ -1,60 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\Schütziana\Design\Index\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{296D80BF-7E97-4B58-BF4F-37FF95CC5F0E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F6821667-C43E-489C-8EC1-917DEA133206}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-100" yWindow="-100" windowWidth="32163" windowHeight="17472" activeTab="1" xr2:uid="{E9478792-BE59-486B-9404-9845A0029D2C}"/>
+    <workbookView xWindow="-100" yWindow="-100" windowWidth="32163" windowHeight="18179" xr2:uid="{E9478792-BE59-486B-9404-9845A0029D2C}"/>
   </bookViews>
   <sheets>
     <sheet name="Issues" sheetId="1" r:id="rId1"/>
     <sheet name="Authors" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Authors!$A$1:$F$117</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Issues!$A$1:$F$71</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:FV"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -89,56 +90,114 @@
     </comment>
     <comment ref="F117" authorId="0" shapeId="0" xr:uid="{4632E9E6-2816-45E2-9AF3-341B7A0F1FCF}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <charset val="1"/>
           </rPr>
           <t>Mario Wick:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
+    <comment ref="F120" authorId="0" shapeId="0" xr:uid="{6920C4B2-C82E-48A8-BAA4-A8D86E0BA443}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <charset val="1"/>
+          </rPr>
+          <t>Mario Wick:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <charset val="1"/>
+          </rPr>
+          <t xml:space="preserve">
+</t>
+        </r>
+      </text>
+    </comment>
+  </commentList>
+</comments>
+</file>
+
+<file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+  <authors>
+    <author>Mario Wick</author>
+  </authors>
+  <commentList>
+    <comment ref="F24" authorId="0" shapeId="0" xr:uid="{F1CD795A-553E-4FBD-9CB4-2D9F8F5B5D53}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <charset val="1"/>
+          </rPr>
+          <t>Mario Wick:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <charset val="1"/>
+          </rPr>
+          <t xml:space="preserve">
+</t>
+        </r>
+      </text>
+    </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="818" uniqueCount="347">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="841" uniqueCount="357">
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Issue</t>
   </si>
   <si>
     <t>Page</t>
   </si>
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Wick, M.</t>
   </si>
   <si>
     <t>4-20</t>
   </si>
   <si>
@@ -1351,84 +1410,114 @@
       <t xml:space="preserve"> Buining &amp; Brederoo – all one species? Part 1: </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Gymnocalycium marsoneri</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>.</t>
     </r>
   </si>
   <si>
-    <t>Sperling, Reiner</t>
-[...1 lines deleted...]
-  <si>
     <t>Gymnocalycium Schreiteri.</t>
   </si>
   <si>
     <t>p. 5-24</t>
   </si>
   <si>
     <t>Gymnocalycium schreiteri.</t>
   </si>
   <si>
     <t>11-76</t>
   </si>
   <si>
-    <t xml:space="preserve">Barfuss, Michael H. J. &amp; Schädlich, V. </t>
-[...1 lines deleted...]
-  <si>
     <t>First, new findings based on molecular-genetic studies and the re-evaluation of morphological characteristics within the genus Gymnocalycium subgenus Muscosemineum.</t>
   </si>
   <si>
     <t>Plants of the subgenus Gymnocalycium from the west side of the Sierras Grandes / Sierra de los Comechingones.</t>
   </si>
   <si>
     <t xml:space="preserve">Barfuss, Michael H. J.; Schädlich, V. </t>
   </si>
   <si>
     <t xml:space="preserve">Strub, T. </t>
   </si>
   <si>
     <t>p. 5-10</t>
   </si>
   <si>
     <t>p. 11-76</t>
+  </si>
+  <si>
+    <t>Marx, U. &amp; Barfuss, M. H. J.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Barfuss, M. H. J. &amp; Schädlich, V. </t>
+  </si>
+  <si>
+    <t>5-9</t>
+  </si>
+  <si>
+    <t>Review of the 5th International Gymno Conference from 30th to 31st May 2025 in Linz (Austria)</t>
+  </si>
+  <si>
+    <t>39th International Gymnocalycium Conference from 5th to 7th September 2025 in Dresden-Coschütz</t>
+  </si>
+  <si>
+    <t>10-12</t>
+  </si>
+  <si>
+    <t>13-98</t>
+  </si>
+  <si>
+    <t>Plants of the subgenus Gymnocalycium from the west side of the Sierras Grandes / Sierra de los Comechingones - Part 2: Gymnocalycium gaponii.</t>
+  </si>
+  <si>
+    <t>Plants of the subgenus Gymnocalycium from the west side of the Sierras Grandes / Sierra de los Comechingones - Part 2: Gymnocalycium taningaense.</t>
+  </si>
+  <si>
+    <t>p. 5-9</t>
+  </si>
+  <si>
+    <t>p. 10-12</t>
+  </si>
+  <si>
+    <t>p. 13-98</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
@@ -1549,51 +1638,51 @@
       </right>
       <top style="thin">
         <color indexed="22"/>
       </top>
       <bottom style="thin">
         <color indexed="22"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="22"/>
       </left>
       <right style="thin">
         <color indexed="22"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="30">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -1627,51 +1716,52 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard_Authors_1" xfId="1" xr:uid="{307068CC-F0C2-4558-A6F8-5CA3EDC2545B}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1951,55 +2041,59 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{01CB60BC-597F-4AF8-885C-E6B343540D7C}">
-  <dimension ref="A1:F118"/>
+  <dimension ref="A1:F122"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.15" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="2" max="2" width="12.3046875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.61328125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="166.15234375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="24.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
@@ -4128,86 +4222,86 @@
       <c r="F107" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="108" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A108" s="18">
         <v>2024</v>
       </c>
       <c r="B108" s="18">
         <v>15</v>
       </c>
       <c r="C108" s="18">
         <v>1</v>
       </c>
       <c r="D108" s="20" t="s">
         <v>306</v>
       </c>
       <c r="E108" s="16" t="s">
         <v>27</v>
       </c>
       <c r="F108" s="10" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="109" spans="1:6" x14ac:dyDescent="0.4">
-      <c r="A109" s="11">
+      <c r="A109" s="18">
         <v>2024</v>
       </c>
-      <c r="B109" s="11">
+      <c r="B109" s="18">
         <v>15</v>
       </c>
-      <c r="C109" s="11" t="s">
+      <c r="C109" s="18" t="s">
         <v>23</v>
       </c>
-      <c r="D109" s="11">
+      <c r="D109" s="20">
         <v>2</v>
       </c>
-      <c r="E109" s="14" t="s">
-[...2 lines deleted...]
-      <c r="F109" s="14" t="s">
+      <c r="E109" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="F109" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="110" spans="1:6" x14ac:dyDescent="0.4">
-      <c r="A110" s="11">
+      <c r="A110" s="18">
         <v>2024</v>
       </c>
-      <c r="B110" s="11">
+      <c r="B110" s="18">
         <v>15</v>
       </c>
-      <c r="C110" s="11" t="s">
+      <c r="C110" s="18" t="s">
         <v>23</v>
       </c>
-      <c r="D110" s="21" t="s">
+      <c r="D110" s="20" t="s">
         <v>317</v>
       </c>
-      <c r="E110" s="14" t="s">
+      <c r="E110" s="16" t="s">
         <v>27</v>
       </c>
-      <c r="F110" s="14" t="s">
+      <c r="F110" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="111" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A111" s="18">
         <v>2024</v>
       </c>
       <c r="B111" s="18">
         <v>15</v>
       </c>
       <c r="C111" s="18">
         <v>3</v>
       </c>
       <c r="D111" s="18">
         <v>4</v>
       </c>
       <c r="E111" s="16" t="s">
         <v>11</v>
       </c>
       <c r="F111" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="112" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A112" s="18">
@@ -4261,182 +4355,262 @@
       </c>
       <c r="D114" s="11">
         <v>4</v>
       </c>
       <c r="E114" s="14" t="s">
         <v>11</v>
       </c>
       <c r="F114" s="14" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="115" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A115" s="11">
         <v>2025</v>
       </c>
       <c r="B115" s="11">
         <v>16</v>
       </c>
       <c r="C115" s="11">
         <v>1</v>
       </c>
       <c r="D115" s="11" t="s">
         <v>317</v>
       </c>
       <c r="E115" s="14" t="s">
+        <v>49</v>
+      </c>
+      <c r="F115" s="14" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="116" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A116" s="11">
         <v>2025</v>
       </c>
       <c r="B116" s="11">
         <v>16</v>
       </c>
       <c r="C116" s="11">
         <v>2</v>
       </c>
       <c r="D116" s="11">
         <v>4</v>
       </c>
       <c r="E116" s="14" t="s">
         <v>11</v>
       </c>
       <c r="F116" s="14" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="117" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A117" s="11">
         <v>2025</v>
       </c>
       <c r="B117" s="11">
         <v>16</v>
       </c>
       <c r="C117" s="11">
         <v>2</v>
       </c>
       <c r="D117" s="11" t="s">
         <v>139</v>
       </c>
       <c r="E117" s="14" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="F117" s="14" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
     </row>
     <row r="118" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A118" s="11">
         <v>2025</v>
       </c>
       <c r="B118" s="11">
         <v>16</v>
       </c>
       <c r="C118" s="11">
         <v>2</v>
       </c>
       <c r="D118" s="11" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="E118" s="14" t="s">
         <v>27</v>
       </c>
       <c r="F118" s="14" t="s">
-        <v>342</v>
+        <v>353</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6" x14ac:dyDescent="0.4">
+      <c r="A119" s="11">
+        <v>2025</v>
+      </c>
+      <c r="B119" s="11">
+        <v>16</v>
+      </c>
+      <c r="C119" s="11">
+        <v>3</v>
+      </c>
+      <c r="D119" s="11">
+        <v>4</v>
+      </c>
+      <c r="E119" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="F119" s="14" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6" x14ac:dyDescent="0.4">
+      <c r="A120" s="11">
+        <v>2025</v>
+      </c>
+      <c r="B120" s="11">
+        <v>16</v>
+      </c>
+      <c r="C120" s="11">
+        <v>3</v>
+      </c>
+      <c r="D120" s="21" t="s">
+        <v>347</v>
+      </c>
+      <c r="E120" s="14" t="s">
+        <v>345</v>
+      </c>
+      <c r="F120" s="14" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6" x14ac:dyDescent="0.4">
+      <c r="A121" s="11">
+        <v>2025</v>
+      </c>
+      <c r="B121" s="11">
+        <v>16</v>
+      </c>
+      <c r="C121" s="11">
+        <v>3</v>
+      </c>
+      <c r="D121" s="21" t="s">
+        <v>350</v>
+      </c>
+      <c r="E121" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="F121" s="14" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6" x14ac:dyDescent="0.4">
+      <c r="A122" s="11">
+        <v>2025</v>
+      </c>
+      <c r="B122" s="11">
+        <v>16</v>
+      </c>
+      <c r="C122" s="11">
+        <v>3</v>
+      </c>
+      <c r="D122" s="21" t="s">
+        <v>351</v>
+      </c>
+      <c r="E122" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="F122" s="14" t="s">
+        <v>352</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F71" xr:uid="{1BB4EF59-2927-43F4-8E8E-CC885A3A745E}"/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="D3:D9 D11:D12 D14 D16:D17 D19 D21 D23:D24 D26:D30 D32 D34:D40 D42:D48 D50 D52:D54 D56 D58:D59 D61:D65 D67:D68 D70:D77 D79 D81 D84 D87 D89 D91 D93 D95 D98 D108 D101 D110 D112 D118 D115" twoDigitTextYear="1"/>
     <ignoredError sqref="D10 D13 D15 D18 D20 D22 D25 D31 D33 D41 D49 D51 D55 D57 D60 D66 D69" twoDigitTextYear="1" numberStoredAsText="1"/>
   </ignoredErrors>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{353B321A-04A6-4D7C-8AE0-08DCCCE9BA2C}">
-  <dimension ref="A1:F117"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{353B321A-04A6-4D7C-8AE0-08DCCCE9BA2C}">
+  <dimension ref="A1:F122"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.15" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="34.61328125" bestFit="1" customWidth="1"/>
     <col min="2" max="5" width="11.07421875" style="25"/>
     <col min="6" max="6" width="156.3828125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="21.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A2" s="27" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="B2" s="22">
         <v>2025</v>
       </c>
       <c r="C2" s="22">
         <v>16</v>
       </c>
       <c r="D2" s="23">
         <v>2</v>
       </c>
       <c r="E2" s="23" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A3" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="22">
         <v>2012</v>
       </c>
       <c r="C3" s="22">
         <v>3</v>
       </c>
       <c r="D3" s="22" t="s">
         <v>120</v>
       </c>
       <c r="E3" s="22" t="s">
         <v>238</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A4" s="5" t="s">
         <v>32</v>
@@ -4757,1998 +4931,2087 @@
         <v>223</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A20" s="5" t="s">
         <v>75</v>
       </c>
       <c r="B20" s="22">
         <v>2024</v>
       </c>
       <c r="C20" s="22">
         <v>15</v>
       </c>
       <c r="D20" s="22" t="s">
         <v>120</v>
       </c>
       <c r="E20" s="22" t="s">
         <v>309</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A21" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="B21" s="22">
+        <v>2025</v>
+      </c>
+      <c r="C21" s="22">
+        <v>16</v>
+      </c>
+      <c r="D21" s="22">
+        <v>3</v>
+      </c>
+      <c r="E21" s="22" t="s">
+        <v>355</v>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.4">
+      <c r="A22" s="5" t="s">
         <v>301</v>
       </c>
-      <c r="B21" s="22">
+      <c r="B22" s="22">
         <v>2023</v>
       </c>
-      <c r="C21" s="22">
+      <c r="C22" s="22">
         <v>14</v>
-      </c>
-[...18 lines deleted...]
-        <v>15</v>
       </c>
       <c r="D22" s="22" t="s">
         <v>122</v>
       </c>
-      <c r="E22" s="23" t="s">
+      <c r="E22" s="22" t="s">
+        <v>238</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.4">
+      <c r="A23" s="6" t="s">
+        <v>301</v>
+      </c>
+      <c r="B23" s="23">
+        <v>2024</v>
+      </c>
+      <c r="C23" s="22">
+        <v>15</v>
+      </c>
+      <c r="D23" s="22" t="s">
+        <v>122</v>
+      </c>
+      <c r="E23" s="23" t="s">
         <v>325</v>
       </c>
-      <c r="F22" s="6" t="s">
+      <c r="F23" s="6" t="s">
         <v>326</v>
-      </c>
-[...18 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A24" s="5" t="s">
-        <v>64</v>
+        <v>345</v>
       </c>
       <c r="B24" s="22">
-        <v>2010</v>
+        <v>2025</v>
       </c>
       <c r="C24" s="22">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>16</v>
+      </c>
+      <c r="D24" s="22">
+        <v>3</v>
       </c>
       <c r="E24" s="22" t="s">
-        <v>227</v>
+        <v>354</v>
       </c>
       <c r="F24" s="5" t="s">
-        <v>124</v>
+        <v>348</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A25" s="5" t="s">
-        <v>64</v>
+        <v>175</v>
       </c>
       <c r="B25" s="22">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="C25" s="22">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D25" s="22" t="s">
-        <v>120</v>
+        <v>23</v>
       </c>
       <c r="E25" s="22" t="s">
-        <v>228</v>
+        <v>264</v>
       </c>
       <c r="F25" s="5" t="s">
-        <v>128</v>
+        <v>159</v>
       </c>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A26" s="5" t="s">
         <v>64</v>
       </c>
       <c r="B26" s="22">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="C26" s="22">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D26" s="22" t="s">
-        <v>23</v>
+        <v>120</v>
       </c>
       <c r="E26" s="22" t="s">
-        <v>240</v>
+        <v>227</v>
       </c>
       <c r="F26" s="5" t="s">
-        <v>137</v>
+        <v>124</v>
       </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A27" s="5" t="s">
         <v>64</v>
       </c>
       <c r="B27" s="22">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="C27" s="22">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D27" s="22" t="s">
         <v>120</v>
       </c>
       <c r="E27" s="22" t="s">
-        <v>241</v>
+        <v>228</v>
       </c>
       <c r="F27" s="5" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A28" s="5" t="s">
         <v>64</v>
       </c>
       <c r="B28" s="22">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="C28" s="22">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D28" s="22" t="s">
-        <v>122</v>
+        <v>23</v>
       </c>
       <c r="E28" s="22" t="s">
-        <v>249</v>
+        <v>240</v>
       </c>
       <c r="F28" s="5" t="s">
-        <v>147</v>
+        <v>137</v>
       </c>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A29" s="5" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="22">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="C29" s="22">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D29" s="22" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="E29" s="22" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="F29" s="5" t="s">
-        <v>150</v>
+        <v>138</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A30" s="5" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="22">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="C30" s="22">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D30" s="22" t="s">
-        <v>23</v>
+        <v>122</v>
       </c>
       <c r="E30" s="22" t="s">
         <v>249</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A31" s="5" t="s">
-        <v>176</v>
+        <v>64</v>
       </c>
       <c r="B31" s="22">
         <v>2015</v>
       </c>
       <c r="C31" s="22">
         <v>6</v>
       </c>
       <c r="D31" s="22" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="E31" s="22" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F31" s="5" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A32" s="5" t="s">
-        <v>176</v>
+        <v>64</v>
       </c>
       <c r="B32" s="22">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C32" s="22">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D32" s="22" t="s">
-        <v>122</v>
+        <v>23</v>
       </c>
       <c r="E32" s="22" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F32" s="5" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A33" s="5" t="s">
         <v>176</v>
       </c>
       <c r="B33" s="22">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="C33" s="22">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D33" s="22" t="s">
         <v>120</v>
       </c>
       <c r="E33" s="22" t="s">
-        <v>255</v>
+        <v>247</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A34" s="5" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B34" s="22">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="C34" s="22">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D34" s="22" t="s">
-        <v>23</v>
+        <v>122</v>
       </c>
       <c r="E34" s="22" t="s">
-        <v>268</v>
+        <v>248</v>
       </c>
       <c r="F34" s="5" t="s">
-        <v>164</v>
+        <v>148</v>
       </c>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A35" s="5" t="s">
-        <v>11</v>
+        <v>176</v>
       </c>
       <c r="B35" s="22">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="C35" s="22">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D35" s="22" t="s">
         <v>120</v>
       </c>
       <c r="E35" s="22" t="s">
-        <v>224</v>
+        <v>255</v>
       </c>
       <c r="F35" s="5" t="s">
-        <v>121</v>
+        <v>152</v>
       </c>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A36" s="5" t="s">
-        <v>11</v>
+        <v>177</v>
       </c>
       <c r="B36" s="22">
-        <v>2012</v>
+        <v>2018</v>
       </c>
       <c r="C36" s="22">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="D36" s="22" t="s">
         <v>23</v>
       </c>
       <c r="E36" s="22" t="s">
-        <v>232</v>
+        <v>268</v>
       </c>
       <c r="F36" s="5" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
     </row>
     <row r="37" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A37" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B37" s="22">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="C37" s="22">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D37" s="22" t="s">
-        <v>23</v>
+        <v>120</v>
       </c>
       <c r="E37" s="22" t="s">
-        <v>239</v>
+        <v>224</v>
       </c>
       <c r="F37" s="5" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A38" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B38" s="22">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="C38" s="22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D38" s="22" t="s">
-        <v>120</v>
+        <v>23</v>
       </c>
       <c r="E38" s="22" t="s">
         <v>232</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="39" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A39" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B39" s="22">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="C39" s="22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D39" s="22" t="s">
-        <v>120</v>
+        <v>23</v>
       </c>
       <c r="E39" s="22" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="F39" s="5" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
     </row>
     <row r="40" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A40" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B40" s="22">
         <v>2013</v>
       </c>
       <c r="C40" s="22">
         <v>4</v>
       </c>
       <c r="D40" s="22" t="s">
-        <v>23</v>
+        <v>120</v>
       </c>
       <c r="E40" s="22" t="s">
         <v>232</v>
       </c>
       <c r="F40" s="5" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A41" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B41" s="22">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="C41" s="22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D41" s="22" t="s">
-        <v>23</v>
+        <v>120</v>
       </c>
       <c r="E41" s="22" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>166</v>
+        <v>136</v>
       </c>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A42" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B42" s="22">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="C42" s="22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D42" s="22" t="s">
         <v>23</v>
       </c>
       <c r="E42" s="22" t="s">
-        <v>242</v>
+        <v>232</v>
       </c>
       <c r="F42" s="5" t="s">
-        <v>140</v>
+        <v>166</v>
       </c>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A43" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B43" s="22">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="C43" s="22">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D43" s="22" t="s">
-        <v>120</v>
+        <v>23</v>
       </c>
       <c r="E43" s="22" t="s">
         <v>232</v>
       </c>
       <c r="F43" s="5" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A44" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B44" s="22">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="C44" s="22">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D44" s="22" t="s">
         <v>23</v>
       </c>
       <c r="E44" s="22" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="F44" s="5" t="s">
-        <v>166</v>
+        <v>140</v>
       </c>
     </row>
     <row r="45" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A45" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B45" s="22">
         <v>2015</v>
       </c>
       <c r="C45" s="22">
         <v>6</v>
       </c>
       <c r="D45" s="22" t="s">
-        <v>23</v>
+        <v>120</v>
       </c>
       <c r="E45" s="22" t="s">
-        <v>242</v>
+        <v>232</v>
       </c>
       <c r="F45" s="5" t="s">
-        <v>145</v>
+        <v>166</v>
       </c>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A46" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B46" s="22">
         <v>2015</v>
       </c>
       <c r="C46" s="22">
         <v>6</v>
       </c>
       <c r="D46" s="22" t="s">
-        <v>122</v>
+        <v>23</v>
       </c>
       <c r="E46" s="22" t="s">
-        <v>250</v>
+        <v>232</v>
       </c>
       <c r="F46" s="5" t="s">
-        <v>146</v>
+        <v>166</v>
       </c>
     </row>
     <row r="47" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A47" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B47" s="22">
         <v>2015</v>
       </c>
       <c r="C47" s="22">
         <v>6</v>
       </c>
       <c r="D47" s="22" t="s">
-        <v>123</v>
+        <v>23</v>
       </c>
       <c r="E47" s="22" t="s">
-        <v>251</v>
+        <v>242</v>
       </c>
       <c r="F47" s="5" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
     </row>
     <row r="48" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A48" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B48" s="22">
         <v>2015</v>
       </c>
       <c r="C48" s="22">
         <v>6</v>
       </c>
       <c r="D48" s="22" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="E48" s="22" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="F48" s="5" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
     </row>
     <row r="49" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A49" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B49" s="22">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="C49" s="22">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D49" s="22" t="s">
-        <v>23</v>
+        <v>123</v>
       </c>
       <c r="E49" s="22" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="F49" s="5" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A50" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B50" s="22">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="C50" s="22">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D50" s="22" t="s">
-        <v>23</v>
+        <v>123</v>
       </c>
       <c r="E50" s="22" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="F50" s="5" t="s">
-        <v>87</v>
+        <v>151</v>
       </c>
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A51" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B51" s="22">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="C51" s="22">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D51" s="22" t="s">
         <v>23</v>
       </c>
       <c r="E51" s="22" t="s">
-        <v>232</v>
+        <v>256</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>166</v>
+        <v>155</v>
       </c>
     </row>
     <row r="52" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A52" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B52" s="22">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="C52" s="22">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D52" s="22" t="s">
-        <v>120</v>
+        <v>23</v>
       </c>
       <c r="E52" s="22" t="s">
-        <v>232</v>
+        <v>262</v>
       </c>
       <c r="F52" s="5" t="s">
-        <v>166</v>
+        <v>87</v>
       </c>
     </row>
     <row r="53" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A53" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B53" s="22">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="C53" s="22">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D53" s="22" t="s">
-        <v>120</v>
+        <v>23</v>
       </c>
       <c r="E53" s="22" t="s">
-        <v>267</v>
+        <v>232</v>
       </c>
       <c r="F53" s="5" t="s">
-        <v>93</v>
+        <v>166</v>
       </c>
     </row>
     <row r="54" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A54" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B54" s="22">
         <v>2018</v>
       </c>
       <c r="C54" s="22">
         <v>9</v>
       </c>
       <c r="D54" s="22" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="E54" s="22" t="s">
-        <v>272</v>
+        <v>232</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="55" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A55" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B55" s="22">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="C55" s="22">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D55" s="22" t="s">
         <v>120</v>
       </c>
       <c r="E55" s="22" t="s">
-        <v>232</v>
+        <v>267</v>
       </c>
       <c r="F55" s="5" t="s">
-        <v>166</v>
+        <v>93</v>
       </c>
     </row>
     <row r="56" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A56" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B56" s="22">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="C56" s="22">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D56" s="22" t="s">
         <v>122</v>
       </c>
       <c r="E56" s="22" t="s">
-        <v>255</v>
+        <v>272</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>285</v>
+        <v>165</v>
       </c>
     </row>
     <row r="57" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A57" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B57" s="22">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="C57" s="22">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D57" s="22" t="s">
         <v>120</v>
       </c>
       <c r="E57" s="22" t="s">
-        <v>286</v>
+        <v>232</v>
       </c>
       <c r="F57" s="5" t="s">
-        <v>202</v>
+        <v>166</v>
       </c>
     </row>
     <row r="58" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A58" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B58" s="22">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="C58" s="22">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D58" s="22" t="s">
-        <v>23</v>
+        <v>122</v>
       </c>
       <c r="E58" s="22" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="F58" s="5" t="s">
-        <v>166</v>
+        <v>285</v>
       </c>
     </row>
     <row r="59" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A59" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B59" s="22">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C59" s="22">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D59" s="22" t="s">
         <v>120</v>
       </c>
       <c r="E59" s="22" t="s">
-        <v>232</v>
+        <v>286</v>
       </c>
       <c r="F59" s="5" t="s">
-        <v>166</v>
+        <v>202</v>
       </c>
     </row>
     <row r="60" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A60" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B60" s="22">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C60" s="22">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D60" s="22" t="s">
-        <v>120</v>
+        <v>23</v>
       </c>
       <c r="E60" s="22" t="s">
-        <v>234</v>
+        <v>249</v>
       </c>
       <c r="F60" s="5" t="s">
-        <v>211</v>
+        <v>166</v>
       </c>
     </row>
     <row r="61" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A61" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B61" s="22">
         <v>2022</v>
       </c>
       <c r="C61" s="22">
         <v>13</v>
       </c>
       <c r="D61" s="22" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="E61" s="22" t="s">
-        <v>295</v>
+        <v>232</v>
       </c>
       <c r="F61" s="5" t="s">
-        <v>296</v>
+        <v>166</v>
       </c>
     </row>
     <row r="62" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A62" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B62" s="22">
         <v>2022</v>
       </c>
       <c r="C62" s="22">
         <v>13</v>
       </c>
       <c r="D62" s="22" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="E62" s="22" t="s">
-        <v>249</v>
+        <v>234</v>
       </c>
       <c r="F62" s="5" t="s">
-        <v>166</v>
+        <v>211</v>
       </c>
     </row>
     <row r="63" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A63" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B63" s="22">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C63" s="22">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D63" s="22" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E63" s="22" t="s">
-        <v>278</v>
+        <v>295</v>
       </c>
       <c r="F63" s="5" t="s">
-        <v>166</v>
+        <v>296</v>
       </c>
     </row>
     <row r="64" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A64" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B64" s="22">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="C64" s="22">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D64" s="22" t="s">
-        <v>23</v>
+        <v>122</v>
       </c>
       <c r="E64" s="22" t="s">
-        <v>232</v>
+        <v>249</v>
       </c>
       <c r="F64" s="5" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="65" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A65" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B65" s="22">
         <v>2023</v>
       </c>
       <c r="C65" s="22">
         <v>14</v>
       </c>
       <c r="D65" s="22" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="E65" s="22" t="s">
-        <v>232</v>
+        <v>278</v>
       </c>
       <c r="F65" s="5" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="66" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A66" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B66" s="22">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C66" s="22">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D66" s="22" t="s">
-        <v>120</v>
+        <v>23</v>
       </c>
       <c r="E66" s="22" t="s">
         <v>232</v>
       </c>
       <c r="F66" s="5" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="67" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A67" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B67" s="22">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="C67" s="22">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D67" s="22" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E67" s="22" t="s">
-        <v>310</v>
+        <v>232</v>
       </c>
       <c r="F67" s="5" t="s">
-        <v>313</v>
+        <v>166</v>
       </c>
     </row>
     <row r="68" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A68" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B68" s="22">
         <v>2024</v>
       </c>
       <c r="C68" s="22">
         <v>15</v>
       </c>
       <c r="D68" s="22" t="s">
-        <v>23</v>
+        <v>120</v>
       </c>
       <c r="E68" s="22" t="s">
         <v>232</v>
       </c>
       <c r="F68" s="5" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="69" spans="1:6" x14ac:dyDescent="0.4">
-      <c r="A69" s="6" t="s">
-[...2 lines deleted...]
-      <c r="B69" s="29">
+      <c r="A69" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B69" s="24">
         <v>2024</v>
       </c>
       <c r="C69" s="24">
         <v>15</v>
       </c>
-      <c r="D69" s="26" t="s">
+      <c r="D69" s="30" t="s">
+        <v>120</v>
+      </c>
+      <c r="E69" s="24" t="s">
+        <v>310</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.4">
+      <c r="A70" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B70" s="22">
+        <v>2024</v>
+      </c>
+      <c r="C70" s="22">
+        <v>15</v>
+      </c>
+      <c r="D70" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="E70" s="22" t="s">
+        <v>232</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.4">
+      <c r="A71" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B71" s="23">
+        <v>2024</v>
+      </c>
+      <c r="C71" s="22">
+        <v>15</v>
+      </c>
+      <c r="D71" s="22" t="s">
         <v>122</v>
-      </c>
-[...38 lines deleted...]
-        <v>2</v>
       </c>
       <c r="E71" s="23" t="s">
         <v>318</v>
       </c>
-      <c r="F71" s="5" t="s">
+      <c r="F71" s="6" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="72" spans="1:6" x14ac:dyDescent="0.4">
-      <c r="A72" s="5" t="s">
-        <v>178</v>
+      <c r="A72" s="6" t="s">
+        <v>11</v>
       </c>
       <c r="B72" s="22">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="C72" s="22">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>16</v>
+      </c>
+      <c r="D72" s="23">
+        <v>1</v>
       </c>
       <c r="E72" s="22" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>318</v>
+      </c>
+      <c r="F72" s="6" t="s">
+        <v>166</v>
       </c>
     </row>
     <row r="73" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A73" s="5" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="B73" s="22">
-        <v>2012</v>
+        <v>2025</v>
       </c>
       <c r="C73" s="22">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>237</v>
+        <v>16</v>
+      </c>
+      <c r="D73" s="23">
+        <v>2</v>
+      </c>
+      <c r="E73" s="23" t="s">
+        <v>318</v>
       </c>
       <c r="F73" s="5" t="s">
-        <v>133</v>
+        <v>166</v>
       </c>
     </row>
     <row r="74" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A74" s="5" t="s">
-        <v>235</v>
+        <v>11</v>
       </c>
       <c r="B74" s="22">
-        <v>2011</v>
+        <v>2025</v>
       </c>
       <c r="C74" s="22">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>16</v>
+      </c>
+      <c r="D74" s="22">
+        <v>3</v>
       </c>
       <c r="E74" s="22" t="s">
-        <v>236</v>
+        <v>318</v>
       </c>
       <c r="F74" s="5" t="s">
-        <v>132</v>
+        <v>166</v>
       </c>
     </row>
     <row r="75" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A75" s="5" t="s">
-        <v>259</v>
+        <v>178</v>
       </c>
       <c r="B75" s="22">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="C75" s="22">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D75" s="22" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="E75" s="22" t="s">
-        <v>260</v>
+        <v>274</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
     </row>
     <row r="76" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A76" s="5" t="s">
-        <v>259</v>
+        <v>35</v>
       </c>
       <c r="B76" s="22">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="C76" s="22">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="D76" s="22" t="s">
-        <v>23</v>
+        <v>120</v>
       </c>
       <c r="E76" s="22" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="F76" s="5" t="s">
-        <v>166</v>
+        <v>133</v>
       </c>
     </row>
     <row r="77" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A77" s="5" t="s">
-        <v>259</v>
+        <v>235</v>
       </c>
       <c r="B77" s="22">
-        <v>2021</v>
+        <v>2011</v>
       </c>
       <c r="C77" s="22">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="D77" s="22" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E77" s="22" t="s">
-        <v>287</v>
+        <v>236</v>
       </c>
       <c r="F77" s="5" t="s">
-        <v>199</v>
+        <v>132</v>
       </c>
     </row>
     <row r="78" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A78" s="5" t="s">
         <v>259</v>
       </c>
       <c r="B78" s="22">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="C78" s="22">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="D78" s="22" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E78" s="22" t="s">
-        <v>288</v>
+        <v>260</v>
       </c>
       <c r="F78" s="5" t="s">
-        <v>201</v>
+        <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A79" s="5" t="s">
         <v>259</v>
       </c>
       <c r="B79" s="22">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="C79" s="22">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D79" s="22" t="s">
         <v>23</v>
       </c>
       <c r="E79" s="22" t="s">
-        <v>289</v>
+        <v>232</v>
       </c>
       <c r="F79" s="5" t="s">
-        <v>205</v>
+        <v>166</v>
       </c>
     </row>
     <row r="80" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A80" s="5" t="s">
         <v>259</v>
       </c>
       <c r="B80" s="22">
         <v>2021</v>
       </c>
       <c r="C80" s="22">
         <v>12</v>
       </c>
       <c r="D80" s="22" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="E80" s="22" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="F80" s="5" t="s">
-        <v>210</v>
+        <v>199</v>
       </c>
     </row>
     <row r="81" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A81" s="5" t="s">
         <v>259</v>
       </c>
       <c r="B81" s="22">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C81" s="22">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D81" s="22" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="E81" s="22" t="s">
-        <v>297</v>
+        <v>288</v>
       </c>
       <c r="F81" s="5" t="s">
-        <v>220</v>
+        <v>201</v>
       </c>
     </row>
     <row r="82" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A82" s="5" t="s">
         <v>259</v>
       </c>
       <c r="B82" s="22">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="C82" s="22">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D82" s="22" t="s">
-        <v>120</v>
+        <v>23</v>
       </c>
       <c r="E82" s="22" t="s">
-        <v>298</v>
+        <v>289</v>
       </c>
       <c r="F82" s="5" t="s">
-        <v>222</v>
+        <v>205</v>
       </c>
     </row>
     <row r="83" spans="1:6" x14ac:dyDescent="0.4">
-      <c r="A83" s="6" t="s">
+      <c r="A83" s="5" t="s">
         <v>259</v>
       </c>
-      <c r="B83" s="23">
-        <v>2024</v>
+      <c r="B83" s="22">
+        <v>2021</v>
       </c>
       <c r="C83" s="22">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D83" s="22" t="s">
         <v>122</v>
       </c>
-      <c r="E83" s="23" t="s">
-[...3 lines deleted...]
-        <v>323</v>
+      <c r="E83" s="22" t="s">
+        <v>290</v>
+      </c>
+      <c r="F83" s="5" t="s">
+        <v>210</v>
       </c>
     </row>
     <row r="84" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A84" s="5" t="s">
-        <v>179</v>
+        <v>259</v>
       </c>
       <c r="B84" s="22">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="C84" s="22">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D84" s="22" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E84" s="22" t="s">
-        <v>266</v>
+        <v>297</v>
       </c>
       <c r="F84" s="5" t="s">
-        <v>162</v>
+        <v>220</v>
       </c>
     </row>
     <row r="85" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A85" s="5" t="s">
-        <v>181</v>
+        <v>259</v>
       </c>
       <c r="B85" s="22">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="C85" s="22">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="D85" s="22" t="s">
-        <v>23</v>
+        <v>120</v>
       </c>
       <c r="E85" s="22" t="s">
-        <v>269</v>
+        <v>298</v>
       </c>
       <c r="F85" s="5" t="s">
-        <v>163</v>
+        <v>222</v>
       </c>
     </row>
     <row r="86" spans="1:6" x14ac:dyDescent="0.4">
-      <c r="A86" s="5" t="s">
-[...3 lines deleted...]
-        <v>2014</v>
+      <c r="A86" s="6" t="s">
+        <v>259</v>
+      </c>
+      <c r="B86" s="23">
+        <v>2024</v>
       </c>
       <c r="C86" s="22">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="D86" s="22" t="s">
         <v>122</v>
       </c>
-      <c r="E86" s="22" t="s">
-[...3 lines deleted...]
-        <v>141</v>
+      <c r="E86" s="23" t="s">
+        <v>324</v>
+      </c>
+      <c r="F86" s="6" t="s">
+        <v>323</v>
       </c>
     </row>
     <row r="87" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A87" s="5" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B87" s="22">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C87" s="22">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D87" s="22" t="s">
         <v>120</v>
       </c>
       <c r="E87" s="22" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="F87" s="5" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
     </row>
     <row r="88" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A88" s="5" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B88" s="22">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C88" s="22">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D88" s="22" t="s">
-        <v>122</v>
+        <v>23</v>
       </c>
       <c r="E88" s="22" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="F88" s="5" t="s">
-        <v>196</v>
+        <v>163</v>
       </c>
     </row>
     <row r="89" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A89" s="5" t="s">
         <v>180</v>
       </c>
       <c r="B89" s="22">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="C89" s="22">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D89" s="22" t="s">
         <v>122</v>
       </c>
       <c r="E89" s="22" t="s">
-        <v>270</v>
+        <v>245</v>
       </c>
       <c r="F89" s="5" t="s">
-        <v>167</v>
+        <v>141</v>
       </c>
     </row>
     <row r="90" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A90" s="5" t="s">
         <v>180</v>
       </c>
       <c r="B90" s="24">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="C90" s="24">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D90" s="26" t="s">
+        <v>8</v>
+      </c>
+      <c r="D90" s="30" t="s">
         <v>120</v>
       </c>
       <c r="E90" s="24" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>282</v>
+        <v>261</v>
+      </c>
+      <c r="F90" s="29" t="s">
+        <v>158</v>
       </c>
     </row>
     <row r="91" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A91" s="5" t="s">
-        <v>243</v>
+        <v>180</v>
       </c>
       <c r="B91" s="22">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="C91" s="22">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D91" s="22" t="s">
         <v>122</v>
       </c>
       <c r="E91" s="22" t="s">
-        <v>244</v>
+        <v>265</v>
       </c>
       <c r="F91" s="5" t="s">
-        <v>143</v>
+        <v>196</v>
       </c>
     </row>
     <row r="92" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A92" s="5" t="s">
-        <v>243</v>
+        <v>180</v>
       </c>
       <c r="B92" s="22">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="C92" s="22">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
+      </c>
+      <c r="D92" s="22" t="s">
+        <v>122</v>
       </c>
       <c r="E92" s="22" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-        <v>338</v>
+        <v>270</v>
+      </c>
+      <c r="F92" s="5" t="s">
+        <v>167</v>
       </c>
     </row>
     <row r="93" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A93" s="5" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="B93" s="22">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C93" s="22">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D93" s="22" t="s">
-        <v>23</v>
+        <v>120</v>
       </c>
       <c r="E93" s="22" t="s">
-        <v>275</v>
+        <v>236</v>
       </c>
       <c r="F93" s="5" t="s">
-        <v>119</v>
+        <v>282</v>
       </c>
     </row>
     <row r="94" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A94" s="5" t="s">
-        <v>27</v>
+        <v>243</v>
       </c>
       <c r="B94" s="22">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="C94" s="22">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D94" s="22" t="s">
-        <v>23</v>
+        <v>122</v>
       </c>
       <c r="E94" s="22" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
       <c r="F94" s="5" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
     </row>
     <row r="95" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A95" s="5" t="s">
-        <v>27</v>
+        <v>243</v>
       </c>
       <c r="B95" s="22">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="C95" s="22">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>16</v>
+      </c>
+      <c r="D95" s="23">
+        <v>1</v>
       </c>
       <c r="E95" s="22" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>281</v>
+        <v>336</v>
+      </c>
+      <c r="F95" s="6" t="s">
+        <v>337</v>
       </c>
     </row>
     <row r="96" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A96" s="5" t="s">
-        <v>27</v>
+        <v>118</v>
       </c>
       <c r="B96" s="22">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="C96" s="22">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D96" s="22" t="s">
         <v>23</v>
       </c>
       <c r="E96" s="22" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="F96" s="5" t="s">
-        <v>294</v>
+        <v>119</v>
       </c>
     </row>
     <row r="97" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A97" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B97" s="22">
-        <v>2024</v>
+        <v>2011</v>
       </c>
       <c r="C97" s="22">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="D97" s="22" t="s">
-        <v>120</v>
+        <v>23</v>
       </c>
       <c r="E97" s="22" t="s">
-        <v>311</v>
+        <v>233</v>
       </c>
       <c r="F97" s="5" t="s">
-        <v>314</v>
+        <v>131</v>
       </c>
     </row>
     <row r="98" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A98" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B98" s="22">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="C98" s="22">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D98" s="22" t="s">
-        <v>23</v>
+        <v>120</v>
       </c>
       <c r="E98" s="22" t="s">
-        <v>315</v>
+        <v>280</v>
       </c>
       <c r="F98" s="5" t="s">
-        <v>316</v>
+        <v>281</v>
       </c>
     </row>
     <row r="99" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A99" s="5" t="s">
-        <v>344</v>
+        <v>27</v>
       </c>
       <c r="B99" s="22">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="C99" s="22">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>346</v>
+        <v>13</v>
+      </c>
+      <c r="D99" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="E99" s="22" t="s">
+        <v>293</v>
       </c>
       <c r="F99" s="5" t="s">
-        <v>342</v>
+        <v>294</v>
       </c>
     </row>
     <row r="100" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A100" s="5" t="s">
-        <v>188</v>
+        <v>27</v>
       </c>
       <c r="B100" s="22">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="C100" s="22">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D100" s="22" t="s">
-        <v>23</v>
+        <v>120</v>
       </c>
       <c r="E100" s="22" t="s">
-        <v>283</v>
+        <v>311</v>
       </c>
       <c r="F100" s="5" t="s">
-        <v>284</v>
+        <v>314</v>
       </c>
     </row>
     <row r="101" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A101" s="5" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="B101" s="22">
-        <v>2010</v>
+        <v>2024</v>
       </c>
       <c r="C101" s="22">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="D101" s="22" t="s">
-        <v>120</v>
+        <v>23</v>
       </c>
       <c r="E101" s="22" t="s">
-        <v>225</v>
+        <v>315</v>
       </c>
       <c r="F101" s="5" t="s">
-        <v>166</v>
+        <v>316</v>
       </c>
     </row>
     <row r="102" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A102" s="5" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="B102" s="22">
-        <v>2010</v>
+        <v>2025</v>
       </c>
       <c r="C102" s="22">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>16</v>
+      </c>
+      <c r="D102" s="22">
+        <v>3</v>
       </c>
       <c r="E102" s="22" t="s">
-        <v>226</v>
+        <v>356</v>
       </c>
       <c r="F102" s="5" t="s">
-        <v>125</v>
+        <v>352</v>
       </c>
     </row>
     <row r="103" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A103" s="5" t="s">
-        <v>6</v>
+        <v>342</v>
       </c>
       <c r="B103" s="22">
-        <v>2011</v>
+        <v>2025</v>
       </c>
       <c r="C103" s="22">
+        <v>16</v>
+      </c>
+      <c r="D103" s="23">
         <v>2</v>
       </c>
-      <c r="D103" s="22" t="s">
-[...3 lines deleted...]
-        <v>229</v>
+      <c r="E103" s="23" t="s">
+        <v>344</v>
       </c>
       <c r="F103" s="5" t="s">
-        <v>166</v>
+        <v>340</v>
       </c>
     </row>
     <row r="104" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A104" s="5" t="s">
-        <v>6</v>
+        <v>188</v>
       </c>
       <c r="B104" s="22">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="C104" s="22">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="D104" s="22" t="s">
-        <v>120</v>
+        <v>23</v>
       </c>
       <c r="E104" s="22" t="s">
-        <v>230</v>
+        <v>283</v>
       </c>
       <c r="F104" s="5" t="s">
-        <v>127</v>
+        <v>284</v>
       </c>
     </row>
     <row r="105" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A105" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B105" s="22">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="C105" s="22">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D105" s="22" t="s">
-        <v>23</v>
+        <v>120</v>
       </c>
       <c r="E105" s="22" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="F105" s="5" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="106" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A106" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B106" s="22">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="C106" s="22">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D106" s="22" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="E106" s="22" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="F106" s="5" t="s">
-        <v>166</v>
+        <v>125</v>
       </c>
     </row>
     <row r="107" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A107" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B107" s="22">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="C107" s="22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D107" s="22" t="s">
         <v>120</v>
       </c>
       <c r="E107" s="22" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="F107" s="5" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="108" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A108" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B108" s="22">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="C108" s="22">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D108" s="22" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="E108" s="22" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="F108" s="5" t="s">
-        <v>166</v>
+        <v>127</v>
       </c>
     </row>
     <row r="109" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A109" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B109" s="22">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="C109" s="22">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D109" s="22" t="s">
-        <v>120</v>
+        <v>23</v>
       </c>
       <c r="E109" s="22" t="s">
-        <v>254</v>
+        <v>232</v>
       </c>
       <c r="F109" s="5" t="s">
-        <v>153</v>
+        <v>166</v>
       </c>
     </row>
     <row r="110" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A110" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B110" s="22">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="C110" s="22">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D110" s="22" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E110" s="22" t="s">
         <v>232</v>
       </c>
       <c r="F110" s="5" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="111" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A111" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B111" s="22">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="C111" s="22">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D111" s="22" t="s">
         <v>120</v>
       </c>
       <c r="E111" s="22" t="s">
         <v>232</v>
       </c>
       <c r="F111" s="5" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="112" spans="1:6" x14ac:dyDescent="0.4">
-      <c r="A112" s="7" t="s">
+      <c r="A112" s="29" t="s">
         <v>6</v>
       </c>
-      <c r="B112" s="26">
-        <v>2017</v>
+      <c r="B112" s="30">
+        <v>2014</v>
       </c>
       <c r="C112" s="24">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D112" s="22" t="s">
         <v>122</v>
       </c>
-      <c r="E112" s="26" t="s">
+      <c r="E112" s="30" t="s">
         <v>232</v>
       </c>
-      <c r="F112" s="7" t="s">
+      <c r="F112" s="29" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="113" spans="1:6" x14ac:dyDescent="0.4">
-      <c r="A113" s="7" t="s">
+      <c r="A113" s="29" t="s">
         <v>6</v>
       </c>
-      <c r="B113" s="26">
-        <v>2019</v>
+      <c r="B113" s="30">
+        <v>2016</v>
       </c>
       <c r="C113" s="24">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D113" s="22" t="s">
-        <v>23</v>
-[...5 lines deleted...]
-        <v>166</v>
+        <v>120</v>
+      </c>
+      <c r="E113" s="30" t="s">
+        <v>254</v>
+      </c>
+      <c r="F113" s="29" t="s">
+        <v>153</v>
       </c>
     </row>
     <row r="114" spans="1:6" x14ac:dyDescent="0.4">
-      <c r="A114" s="7" t="s">
+      <c r="A114" s="29" t="s">
         <v>6</v>
       </c>
-      <c r="B114" s="26">
-        <v>2020</v>
+      <c r="B114" s="30">
+        <v>2016</v>
       </c>
       <c r="C114" s="24">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D114" s="22" t="s">
         <v>120</v>
       </c>
-      <c r="E114" s="26" t="s">
+      <c r="E114" s="30" t="s">
         <v>232</v>
       </c>
-      <c r="F114" s="7" t="s">
+      <c r="F114" s="29" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="115" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A115" s="28" t="s">
         <v>6</v>
       </c>
-      <c r="B115" s="26">
-        <v>2020</v>
+      <c r="B115" s="30">
+        <v>2017</v>
       </c>
       <c r="C115" s="24">
-        <v>11</v>
-[...4 lines deleted...]
-      <c r="E115" s="26" t="s">
+        <v>8</v>
+      </c>
+      <c r="D115" s="30" t="s">
+        <v>120</v>
+      </c>
+      <c r="E115" s="30" t="s">
         <v>232</v>
       </c>
-      <c r="F115" s="7" t="s">
+      <c r="F115" s="29" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="116" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A116" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B116" s="26">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="C116" s="24">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D116" s="26" t="s">
+        <v>8</v>
+      </c>
+      <c r="D116" s="30" t="s">
         <v>122</v>
       </c>
       <c r="E116" s="26" t="s">
         <v>232</v>
       </c>
       <c r="F116" s="7" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="117" spans="1:6" x14ac:dyDescent="0.4">
-      <c r="A117" s="7" t="s">
+      <c r="A117" s="28" t="s">
         <v>6</v>
       </c>
       <c r="B117" s="26">
+        <v>2019</v>
+      </c>
+      <c r="C117" s="24">
+        <v>10</v>
+      </c>
+      <c r="D117" s="30" t="s">
+        <v>23</v>
+      </c>
+      <c r="E117" s="26" t="s">
+        <v>232</v>
+      </c>
+      <c r="F117" s="28" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6" x14ac:dyDescent="0.4">
+      <c r="A118" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="B118" s="26">
+        <v>2020</v>
+      </c>
+      <c r="C118" s="24">
+        <v>11</v>
+      </c>
+      <c r="D118" s="30" t="s">
+        <v>120</v>
+      </c>
+      <c r="E118" s="26" t="s">
+        <v>232</v>
+      </c>
+      <c r="F118" s="28" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6" x14ac:dyDescent="0.4">
+      <c r="A119" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="B119" s="26">
+        <v>2020</v>
+      </c>
+      <c r="C119" s="24">
+        <v>11</v>
+      </c>
+      <c r="D119" s="26" t="s">
+        <v>23</v>
+      </c>
+      <c r="E119" s="26" t="s">
+        <v>232</v>
+      </c>
+      <c r="F119" s="28" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6" x14ac:dyDescent="0.4">
+      <c r="A120" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="B120" s="26">
+        <v>2020</v>
+      </c>
+      <c r="C120" s="24">
+        <v>11</v>
+      </c>
+      <c r="D120" s="26" t="s">
+        <v>122</v>
+      </c>
+      <c r="E120" s="26" t="s">
+        <v>232</v>
+      </c>
+      <c r="F120" s="28" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6" x14ac:dyDescent="0.4">
+      <c r="A121" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="B121" s="26">
         <v>2023</v>
       </c>
-      <c r="C117" s="24">
+      <c r="C121" s="24">
         <v>14</v>
       </c>
-      <c r="D117" s="26" t="s">
+      <c r="D121" s="26" t="s">
         <v>122</v>
       </c>
-      <c r="E117" s="26" t="s">
+      <c r="E121" s="26" t="s">
         <v>299</v>
       </c>
-      <c r="F117" s="7" t="s">
+      <c r="F121" s="28" t="s">
         <v>300</v>
       </c>
+    </row>
+    <row r="122" spans="1:6" x14ac:dyDescent="0.4">
+      <c r="A122" s="28"/>
+      <c r="B122" s="28"/>
+      <c r="C122" s="28"/>
+      <c r="D122" s="28"/>
+      <c r="E122" s="28"/>
+      <c r="F122" s="28"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:F117" xr:uid="{77933060-04DB-450C-B317-45C643F2E9C6}"/>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F117">
-[...4 lines deleted...]
-    <sortCondition ref="E2:E117"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F121">
+    <sortCondition ref="A2:A121"/>
+    <sortCondition ref="B2:B121"/>
+    <sortCondition ref="C2:C121"/>
+    <sortCondition ref="D2:D121"/>
+    <sortCondition ref="E2:E121"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
+  <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Issues</vt:lpstr>
       <vt:lpstr>Authors</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>